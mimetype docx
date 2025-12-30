--- v0 (2025-10-28)
+++ v1 (2025-12-30)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rfa1e49d827344d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4aef1ae221784267" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>302 KAR 79:011.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Motor fuel quality testing and inspection program.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
@@ -1092,64 +1092,64 @@
         <w:t xml:space="preserve">The label shall be positioned to clearly identify which control the consumer will use to select the Ethanol Flex Fuel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subparagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Illustrations of Ethanol Flex Fuel labels. Labels shall meet the specifications in this section and shall look like these examples, except the black print shall be on the appropriately colored orange background and the knock-out print within the black band shall be orange.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:pict>
           <v:shapetype xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" filled="false" stroked="false" o:preferrelative="true">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="true" o:connecttype="rect" o:extrusionok="false"/>
           </v:shapetype>
           <v:shape xmlns:v="urn:schemas-microsoft-com:vml" style="width:194.25pt;height:153.00pt">
-            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R738846ce690f4cd0"/>
+            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R6b9b6377a6bf4382"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:pict>
           <v:shapetype xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" filled="false" stroked="false" o:preferrelative="true">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="true" o:connecttype="rect" o:extrusionok="false"/>
           </v:shapetype>
           <v:shape xmlns:v="urn:schemas-microsoft-com:vml" style="width:194.25pt;height:153.75pt">
-            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R3ea4d1eb041e427a"/>
+            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="Re20f23f86b924d90"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(9)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Aviation gasoline shall be identified by the grade terms contained in the latest version of ASTM D6227, Standard Specification for Unleaded Aviation Gasoline Containing a Non-hydrocarbon Component, ASTM D7547, Standard Specification for Hydrocarbon Unleaded Aviation Gasoline, and ASTM D910, Standard Specification for Leaded Aviation Gasolines for the particular type and grade.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(10)</w:t>
       </w:r>
@@ -4200,27 +4200,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R867f9bd0944b43a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R738846ce690f4cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R3ea4d1eb041e427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R9fdf1f5206204a47" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6c3bb8c4a2334023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R6b9b6377a6bf4382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Re20f23f86b924d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R741cf3320d4847d3" /></Relationships>
 </file>