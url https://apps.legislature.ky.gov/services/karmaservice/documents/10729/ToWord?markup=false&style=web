--- v1 (2025-12-30)
+++ v2 (2025-12-30)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R4aef1ae221784267" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R107a9e1acb2a463c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>302 KAR 79:011.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Motor fuel quality testing and inspection program.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
@@ -1092,64 +1092,64 @@
         <w:t xml:space="preserve">The label shall be positioned to clearly identify which control the consumer will use to select the Ethanol Flex Fuel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subparagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Illustrations of Ethanol Flex Fuel labels. Labels shall meet the specifications in this section and shall look like these examples, except the black print shall be on the appropriately colored orange background and the knock-out print within the black band shall be orange.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:pict>
           <v:shapetype xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" filled="false" stroked="false" o:preferrelative="true">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="true" o:connecttype="rect" o:extrusionok="false"/>
           </v:shapetype>
           <v:shape xmlns:v="urn:schemas-microsoft-com:vml" style="width:194.25pt;height:153.00pt">
-            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R6b9b6377a6bf4382"/>
+            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="Ra7eb9ad46da04379"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:pict>
           <v:shapetype xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" filled="false" stroked="false" o:preferrelative="true">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="true" o:connecttype="rect" o:extrusionok="false"/>
           </v:shapetype>
           <v:shape xmlns:v="urn:schemas-microsoft-com:vml" style="width:194.25pt;height:153.75pt">
-            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="Re20f23f86b924d90"/>
+            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="Rc05c709f66144d0d"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(9)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Aviation gasoline shall be identified by the grade terms contained in the latest version of ASTM D6227, Standard Specification for Unleaded Aviation Gasoline Containing a Non-hydrocarbon Component, ASTM D7547, Standard Specification for Hydrocarbon Unleaded Aviation Gasoline, and ASTM D910, Standard Specification for Leaded Aviation Gasolines for the particular type and grade.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(10)</w:t>
       </w:r>
@@ -4200,27 +4200,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R6c3bb8c4a2334023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R6b9b6377a6bf4382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Re20f23f86b924d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R741cf3320d4847d3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R828901eeebbe4043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Ra7eb9ad46da04379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Rc05c709f66144d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf5b677bdb4a74588" /></Relationships>
 </file>