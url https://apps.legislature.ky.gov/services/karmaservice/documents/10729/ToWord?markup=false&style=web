--- v2 (2025-12-30)
+++ v3 (2026-02-15)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R107a9e1acb2a463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R0d0c9f46e16f4bb8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>302 KAR 79:011.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Motor fuel quality testing and inspection program.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
@@ -1092,64 +1092,64 @@
         <w:t xml:space="preserve">The label shall be positioned to clearly identify which control the consumer will use to select the Ethanol Flex Fuel.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subparagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Illustrations of Ethanol Flex Fuel labels. Labels shall meet the specifications in this section and shall look like these examples, except the black print shall be on the appropriately colored orange background and the knock-out print within the black band shall be orange.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:pict>
           <v:shapetype xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" filled="false" stroked="false" o:preferrelative="true">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="true" o:connecttype="rect" o:extrusionok="false"/>
           </v:shapetype>
           <v:shape xmlns:v="urn:schemas-microsoft-com:vml" style="width:194.25pt;height:153.00pt">
-            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="Ra7eb9ad46da04379"/>
+            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R616a4df836a3472e"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:pict>
           <v:shapetype xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" filled="false" stroked="false" o:preferrelative="true">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="true" o:connecttype="rect" o:extrusionok="false"/>
           </v:shapetype>
           <v:shape xmlns:v="urn:schemas-microsoft-com:vml" style="width:194.25pt;height:153.75pt">
-            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="Rc05c709f66144d0d"/>
+            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R96f10376358c4a82"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(9)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Aviation gasoline shall be identified by the grade terms contained in the latest version of ASTM D6227, Standard Specification for Unleaded Aviation Gasoline Containing a Non-hydrocarbon Component, ASTM D7547, Standard Specification for Hydrocarbon Unleaded Aviation Gasoline, and ASTM D910, Standard Specification for Leaded Aviation Gasolines for the particular type and grade.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(10)</w:t>
       </w:r>
@@ -4200,27 +4200,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R828901eeebbe4043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Ra7eb9ad46da04379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Rc05c709f66144d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf5b677bdb4a74588" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rc561a8b5c16849e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R616a4df836a3472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R96f10376358c4a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R603aea81cf46415d" /></Relationships>
 </file>