--- v0 (2025-10-17)
+++ v1 (2026-01-15)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1b1ba0314be34b3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf3fcf30f91124f4c" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_header"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">PUBLIC PROTECTION CABINET</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_header"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Department of Insurance</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_header"/>
       </w:pPr>
@@ -1604,51 +1604,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subparagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In using the 2012 Individual Annuity Reserve Table (2012 IAR Table), the mortality rate for a person age x in year (2012 + n) shall be calculated as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:pict>
           <v:shapetype xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" filled="false" stroked="false" o:preferrelative="true">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="true" o:connecttype="rect" o:extrusionok="false"/>
           </v:shapetype>
           <v:shape xmlns:v="urn:schemas-microsoft-com:vml" style="width:291.00pt;height:54.75pt">
-            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R2ffdf7085e9f4d53"/>
+            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R3bcc4748b6b8486f"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subparagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The resulting qx2012+n shall be rounded to three (3) decimal places per 1,000.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subparagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.</w:t>
       </w:r>
@@ -1698,51 +1698,51 @@
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:strike w:val="true"/>
         </w:rPr>
         <w:t xml:space="preserve">specified</w:t>
       </w:r>
       <w:r>
         <w:t>]</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in the 1994 GAR Table:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:pict>
           <v:shapetype xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" filled="false" stroked="false" o:preferrelative="true">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="true" o:connecttype="rect" o:extrusionok="false"/>
           </v:shapetype>
           <v:shape xmlns:v="urn:schemas-microsoft-com:vml" style="width:259.50pt;height:53.25pt">
-            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="Ra61446e36fee4dc7"/>
+            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="Rd79bab2091164a20"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(4)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Changes of method (domestic insurers). The effects of changes in the methods of valuing life contracts shall be reported in Exhibit 5A of the annual statement in the year in which the change first takes place. Exhibit 5A shall show the old and the new method of valuation and the increase or decrease in the actuarial reserve due to the change. If adopting a method that produces an increase in the reserve, the company shall notify the department. </w:t>
       </w:r>
       <w:r>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:strike w:val="true"/>
@@ -2574,27 +2574,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd5e3a65a9d8746e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R2ffdf7085e9f4d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Ra61446e36fee4dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4120d80dfbfd46f0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R810aa80df7bd4dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R3bcc4748b6b8486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Rd79bab2091164a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf0955debb7564ec1" /></Relationships>
 </file>