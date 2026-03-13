--- v1 (2026-01-15)
+++ v2 (2026-03-13)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf3fcf30f91124f4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rafc485eeef174e71" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_header"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">PUBLIC PROTECTION CABINET</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_header"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Department of Insurance</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_header"/>
       </w:pPr>
@@ -1604,51 +1604,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subparagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">In using the 2012 Individual Annuity Reserve Table (2012 IAR Table), the mortality rate for a person age x in year (2012 + n) shall be calculated as follows:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:pict>
           <v:shapetype xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" filled="false" stroked="false" o:preferrelative="true">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="true" o:connecttype="rect" o:extrusionok="false"/>
           </v:shapetype>
           <v:shape xmlns:v="urn:schemas-microsoft-com:vml" style="width:291.00pt;height:54.75pt">
-            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R3bcc4748b6b8486f"/>
+            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R83f17835ab6646a5"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subparagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The resulting qx2012+n shall be rounded to three (3) decimal places per 1,000.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subparagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.</w:t>
       </w:r>
@@ -1698,51 +1698,51 @@
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:strike w:val="true"/>
         </w:rPr>
         <w:t xml:space="preserve">specified</w:t>
       </w:r>
       <w:r>
         <w:t>]</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in the 1994 GAR Table:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:pict>
           <v:shapetype xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" filled="false" stroked="false" o:preferrelative="true">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="true" o:connecttype="rect" o:extrusionok="false"/>
           </v:shapetype>
           <v:shape xmlns:v="urn:schemas-microsoft-com:vml" style="width:259.50pt;height:53.25pt">
-            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="Rd79bab2091164a20"/>
+            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R9d1d93acdc9f43b7"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(4)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Changes of method (domestic insurers). The effects of changes in the methods of valuing life contracts shall be reported in Exhibit 5A of the annual statement in the year in which the change first takes place. Exhibit 5A shall show the old and the new method of valuation and the increase or decrease in the actuarial reserve due to the change. If adopting a method that produces an increase in the reserve, the company shall notify the department. </w:t>
       </w:r>
       <w:r>
         <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:strike w:val="true"/>
@@ -2574,27 +2574,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R810aa80df7bd4dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R3bcc4748b6b8486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Rd79bab2091164a20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rf0955debb7564ec1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1330bc363206486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R83f17835ab6646a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R9d1d93acdc9f43b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rdeae337d8a394c8e" /></Relationships>
 </file>