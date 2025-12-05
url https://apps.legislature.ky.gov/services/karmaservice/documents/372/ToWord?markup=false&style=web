--- v0 (2025-10-09)
+++ v1 (2025-12-05)
@@ -1,36 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2363f9df190046f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R260f9d5699dd4280" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>16 KAR 2:210.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Provisional and professional certificate for orientation and mobility specialist.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
@@ -995,27 +995,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R46f81734ce9941d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R85a76e5ecbf64db2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1cb82fb49270410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R51f4fda5e917465e" /></Relationships>
 </file>