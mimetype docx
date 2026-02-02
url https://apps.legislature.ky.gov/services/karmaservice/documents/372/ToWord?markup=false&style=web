--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -1,36 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R260f9d5699dd4280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R081e701bfad54766" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>16 KAR 2:210.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Provisional and professional certificate for orientation and mobility specialist.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
@@ -995,27 +995,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1cb82fb49270410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R51f4fda5e917465e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R471b9de8209e47a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R0fbd9de45f544b99" /></Relationships>
 </file>