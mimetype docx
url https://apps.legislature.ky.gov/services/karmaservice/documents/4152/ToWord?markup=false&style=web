--- v0 (2025-12-29)
+++ v1 (2026-02-20)
@@ -1,36 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R73aefa34c01949cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R32e7bd880f39451b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>401 KAR 58:010.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Local education agencies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
@@ -1992,27 +1992,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re6f6c19e994242f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rd739d8259e1d4b42" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9738e9c3e74445d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rddb94e748e4344da" /></Relationships>
 </file>