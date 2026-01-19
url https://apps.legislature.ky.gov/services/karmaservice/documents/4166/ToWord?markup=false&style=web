--- v0 (2025-11-11)
+++ v1 (2026-01-19)
@@ -1,84 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Raf47cab53469455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6a44c35dee0d4be5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>401 KAR 59:021.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">New municipal solid waste incinerators.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 224.20-100, 224.20-110, 224.20-120, 40 C.F.R. 60.13 (1990), 40 C.F.R. 60, Appendix A, Methods 1, 2, 3, 5, 6, 6A, 6C, 7, 7E, 9, 10, and 19 (1990), 40 C.F.R. 60, Appendix B, Performance Specifications 1, 2, 3, and 4 (1990)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">STATUTORY AUTHORITY: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 224.10-100, 40 C.F.R. 60.13 (1990), 40 C.F.R. 60, Appendix A, Methods 1, 2, 3, 5, 6, 6A, 6C, 7, 7E, 9, 10, and 19 (1990), 40 C.F.R. 60, Appendix B, Performance Specifications 1, 2, 3, and 4 (1990)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CERTIFICATION STATEMENT: </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">NECESSITY, FUNCTION, AND CONFORMITY: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 224.10-100 requires the Environmental and Public Protection Cabinet to prescribe administrative regulations for the prevention, abatement, and control of air pollution. This administrative regulation provides standards of performance for new municipal solid waste incinerators.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_section"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section 1.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Definitions. As used in this administrative regulation, all terms not defined in this section shall have the meaning given them in 401 KAR 50:010.</w:t>
@@ -3410,128 +3413,128 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_section"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section 14.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Appendix B. Formula for Percentage Reduction in Uncontrolled Sulfur Dioxide Emissions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:pict>
           <v:shapetype xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" filled="false" stroked="false" o:preferrelative="true">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="true" o:connecttype="rect" o:extrusionok="false"/>
           </v:shapetype>
           <v:shape xmlns:v="urn:schemas-microsoft-com:vml" style="width:330.75pt;height:99.75pt">
-            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R1a8a65e4fba241c4"/>
+            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R3a68dfb6ebf84281"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_caption"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">where:</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">%PHC1 is the percentage reduction in uncontrolled hydrogen chloride emissions.</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Ei is the daily uncontrolled hydrogen chloride emission rate.</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Eo is the daily hydrogen chloride emission rate measured at the outlet of the acid gas control device.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_section"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section 15.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Appendix C. Formula for Percentage Reduction in Uncontrolled Hydrogen Chloride Emissions.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:pict>
           <v:shapetype xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" filled="false" stroked="false" o:preferrelative="true">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="true" o:connecttype="rect" o:extrusionok="false"/>
           </v:shapetype>
           <v:shape xmlns:v="urn:schemas-microsoft-com:vml" style="width:363.75pt;height:100.50pt">
-            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="Rf00528dceb614b82"/>
+            <v:imagedata xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="Rab66568ca09a4c21"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_caption"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">where:</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">%PHC1 is the percentage reduction in uncontrolled hydrogen chloride emissions.</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Ei is the daily uncontrolled hydrogen chloride emission rate. </w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Eo is the daily hydrogen chloride emission rate measured at the outlet of the acid gas control device.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_history"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(17 Ky.R. 662; 1460; 1982; eff. 11-15-1990; TAm eff. 8-9-2007; TAm eff. 5-20-2010; TAm eff. 7-8-2016; Crt eff. 11-21-2018; TAm eff. 9-4-2019.)</w:t>
+        <w:t xml:space="preserve">(401 KAR 059:021. 17 Ky.R. 662; 1460; 1982; eff. 11-15-1990; TAm eff. 8-9-2007; TAm eff. 5-20-2010; TAm eff. 7-8-2016; Crt eff. 11-21-2018; TAm eff. 9-4-2019; Crt eff. 11-18-2025.)</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840" w:orient="portrait" w:code="1"/>
       <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="263" w:other="263"/>
       <w:pgNumType w:start="1"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="218"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:style w:type="paragraph" w:styleId="kar_normal" w:default="true" w:customStyle="false">
@@ -3842,27 +3845,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R518be66df950411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R1a8a65e4fba241c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Rf00528dceb614b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Ra3a57d95a7f64f85" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Ra30539f879964831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R3a68dfb6ebf84281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Rab66568ca09a4c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R94796c07741f42ad" /></Relationships>
 </file>