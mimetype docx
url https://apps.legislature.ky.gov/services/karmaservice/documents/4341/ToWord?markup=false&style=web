--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -1,84 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R3b82b1dd95f4475b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6af93cc4e94e4a58" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>401 KAR 61:013.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Existing medical waste incinerators.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 224.20-100, 224.20-110, 224.20-120</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">STATUTORY AUTHORITY: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 224.10-100</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CERTIFICATION STATEMENT: </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">NECESSITY, FUNCTION, AND CONFORMITY: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 224.10-100 requires the Environmental and Public Protection Cabinet to prescribe administrative regulations for the prevention, abatement, and control of air pollution. This administrative regulation provides for standards of performance for existing medical waste incinerators.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_section"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section 1.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Definitions. As used in this administrative regulation, all terms not defined in this section shall have the meaning given them in 401 KAR 50:010.</w:t>
       </w:r>
@@ -970,51 +973,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided in subsection (2) of this section, planning, awarding of contracts, and installation of equipment capable of attaining the level of the emission standards and operating standards established in this administrative regulation shall be completed within three (3) years after February 7, 1991. Final compliance with this administrative regulation, except as provided in subsection (2) of this section, shall be demonstrated no later than December 31, 1994.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Planning, awarding of contracts, and installation of equipment and procedures capable of attaining the level of materials separation specified in 401 KAR 59:021, Section 8 shall be completed by December 31, 1992. The initial demonstration of compliance with the materials separation provisions (percent reduction) specified in 401 KAR 59:021, Section 10 shall be completed by December 31, 1994. The training requirement in Section 5 of this administrative regulation shall be completed within one (1) year from February 7, 1991.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_history"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(17 Ky.R. 686; 1481; 2437; eff. 2-7-1991; TAm eff. 8-9-2007; Crt eff. 1-25-2019; TAm eff. 2-8-2019.)</w:t>
+        <w:t xml:space="preserve">(17 Ky.R. 686; 1481; 2437; eff. 2-7-1991; TAm eff. 8-9-2007; Crt eff. 1-25-2019; TAm eff. 2-8-2019; Cert to Am 1-20-2026.)</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840" w:orient="portrait" w:code="1"/>
       <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="263" w:other="263"/>
       <w:pgNumType w:start="1"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="218"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:style w:type="paragraph" w:styleId="kar_normal" w:default="true" w:customStyle="false">
@@ -1325,27 +1328,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R61c0f4be6543475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R4cdc439d6da3491b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R27d4da2483944511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R24b25cb4fbc849cb" /></Relationships>
 </file>