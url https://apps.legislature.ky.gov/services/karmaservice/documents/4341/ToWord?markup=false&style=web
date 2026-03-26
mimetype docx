--- v1 (2026-01-31)
+++ v2 (2026-03-26)
@@ -1,36 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6af93cc4e94e4a58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R884ce50b1d2642e8" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>401 KAR 61:013.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Existing medical waste incinerators.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
@@ -1328,27 +1328,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R27d4da2483944511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R24b25cb4fbc849cb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb2aed7b31bd04f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R78118de25c8c455f" /></Relationships>
 </file>