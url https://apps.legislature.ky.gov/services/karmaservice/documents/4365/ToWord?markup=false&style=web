--- v0 (2025-12-25)
+++ v1 (2026-02-23)
@@ -1,84 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R6ec49659ba774b82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R5627ed41adc546d2" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>401 KAR 61:122.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Existing graphic arts facilities using rotogravure and flexography.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 224.20-100, 224.20-110, 224.20-120, 40 C.F.R. 60 Appendix A (Method 24A), 42 U.S.C. 7401 et seq., 7407, 7408, 7410</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">STATUTORY AUTHORITY: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 224.10-100</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CERTIFICATION STATEMENT: </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">NECESSITY, FUNCTION, AND CONFORMITY: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 224.10-100 requires the Environmental and Public Protection Cabinet to prescribe administrative regulations for the prevention, abatement and control of air pollution. 42 USC 7410 likewise requires the state to implement standards for national primary and secondary ambient air quality. This administrative regulation provides for the control of volatile organic compound emissions from existing graphic arts facilities which use rotogravure and flexography.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_section"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section 1.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Definitions. As used in this administrative regulation, all terms not defined in this section shall have the meaning given to them in 401 KAR 61:001.</w:t>
       </w:r>
@@ -878,51 +881,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Utilize inks which, excluding water, contain sixty (60) percent or more by volume nonvolatile material as applied to the substrate; or</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(4)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Utilize inks with an emission limit of five-tenths (0.5) VOC/lb solids as delivered to the applicator.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_history"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(7 Ky.R. 375; 548; eff. 2-4-1981; 8 Ky.R. 915; 9 Ky.R. 373; eff. 9-22-1982; 18 Ky.R. 2661; 2955; 3369; eff. 6-24-1992; TAm eff. 8-9-2007; Crt eff. 1-25-2019.)</w:t>
+        <w:t xml:space="preserve">(7 Ky.R. 375; 548; eff. 2-4-1981; 8 Ky.R. 915; 9 Ky.R. 373; eff. 9-22-1982; 18 Ky.R. 2661; 2955; 3369; eff. 6-24-1992; TAm eff. 8-9-2007; Crt eff. 1-25-2019; Crt eff. 1-20-2026.)</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840" w:orient="portrait" w:code="1"/>
       <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="263" w:other="263"/>
       <w:pgNumType w:start="1"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="218"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:style w:type="paragraph" w:styleId="kar_normal" w:default="true" w:customStyle="false">
@@ -1233,27 +1236,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rebbd9118ccd04149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc0625ca3afb141eb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R21a6fdd1c3a54909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R550b11e7c7854f7c" /></Relationships>
 </file>