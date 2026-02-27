--- v0 (2025-12-26)
+++ v1 (2026-02-27)
@@ -1,84 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R10c5f3146d2b4f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R7d0377e540e3411b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>603 KAR 4:040.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TODS signs; placement on public roads other than interstates or parkways.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 189.337</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">STATUTORY AUTHORITY: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 189.337</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CERTIFICATION STATEMENT: </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">NECESSITY, FUNCTION, AND CONFORMITY: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 189.337 requires the Department of Highways to establish standards for the placement of signs within highway right-of-way of a public road. The Transportation Cabinet has promulgated 603 KAR 5:050 which deals with all traffic control devices by incorporating the Manual on Uniform Traffic Control Devices by reference. The Manual on Uniform Traffic Control Devices allows for the erection of tourist oriented directional signs (TODS) to provide directional information for tourist activities offering goods and services that are of significant interest to the traveling public within certain parameters, but requires each jurisdiction to establish policies for those areas not covered in the manual. This administrative regulation sets forth the criteria to be followed in the erection and maintenance of TODS. The criteria included in this administrative regulation are consistent with the guidelines set forth in the Manual on Uniform Traffic Control Devices.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_section"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section 1.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Definitions.</w:t>
       </w:r>
@@ -1149,50 +1152,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(d)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Arrows pointing to the left or up at the extreme left of the TODS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(3)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The arrangement of the tourist oriented directional signs on the advance information panel shall be the same as the arrangement on the intersection information panel except the directional arrows and distance shall be omitted.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1244,50 +1250,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(6)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The standard lettering for tourist oriented directional signs shall be in upper case letters of the type provided in the "Standard Alphabets for Highway Signs" book. Capital letters shall be six (6) inches (152.4 millimeters) in height. Spacing between characters shall conform to the tables in the metric edition of "Standard Alphabets for Highway Signs and Pavement Markings" published in 1966 by the U.S. Department of Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(7)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A TODS sign shall not exceed seventy-two (72) inches (1828.8 millimeters) wide and eighteen (18) inches (457.2 millimeters) tall.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2207,50 +2216,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_section"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section 12.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Fees.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Except as provided by in paragraph (c) of this subsection, the qualifying business shall pay to the department's contractor an annual fee of $216, in advance, for each TODS placed on the right-of-way.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2554,50 +2566,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_section"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section 15.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">TODS Contract.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A TODS contract between a particular tourist activity and the department's contractor shall be approved by the Transportation Cabinet prior to the erection of the TODS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2882,51 +2897,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The material in subsection (1)(a) and (b) of this section also may be inspected, copied, or obtained, subject to applicable copyright law, at the Kentucky Logos, Inc., Suite 6, State National Bank Building, 305 Ann Street, Frankfort, Kentucky 40601, Monday through Friday, 8 a.m. to 4:30 p.m. The telephone number is 1-800-469-5646 or (502) 227-0802. The fax number is (502) 227-7286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(4)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The document incorporated by reference in subsection (1)(c) of this section may be obtained from the Superintendent of Documents, U.S. Government Printing Office, Washington, D.C. by referring to document number 620-809/71.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_history"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(21 Ky.R. 1195; 1511; 1723; eff. 1-9-1995; 23 Ky.R. 178; eff. 9-3-1996; 24 Ky.R. 1936; 2395; eff. 6-15-1998; 29 Ky.R. 1686; 2678; eff. 5-15-2003; 31 Ky.R. 217; eff. 9-7-2004; Crt eff. 3-5-2019.)</w:t>
+        <w:t xml:space="preserve">(21 Ky.R. 1195; 1511; 1723; eff. 1-9-1995; 23 Ky.R. 178; eff. 9-3-1996; 24 Ky.R. 1936; 2395; eff. 6-15-1998; 29 Ky.R. 1686; 2678; eff. 5-15-2003; 31 Ky.R. 217; eff. 9-7-2004; Crt eff. 3-5-2019; Crt eff 2-23-2026.)</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840" w:orient="portrait" w:code="1"/>
       <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="263" w:other="263"/>
       <w:pgNumType w:start="1"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="218"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:style w:type="paragraph" w:styleId="kar_normal" w:default="true" w:customStyle="false">
@@ -3237,27 +3252,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7b3c073fea9d4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Rc5807efcdb024bf7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re2df1ffcf5084b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Refa1af07c69c43ae" /></Relationships>
 </file>