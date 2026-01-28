--- v0 (2025-10-08)
+++ v1 (2026-01-28)
@@ -1,84 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R349f46cd72f445a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1d5a83f2400a4e61" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>820 KAR 1:042.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Bingo.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 238.515, 238.530, 238.545</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">STATUTORY AUTHORITY: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 238.515, 238.545</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CERTIFICATION STATEMENT: </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">NECESSITY, FUNCTION, AND CONFORMITY: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">KRS 238.515 authorizes the Department of Charitable Gaming to establish and enforce reasonable standards for the conduct of charitable gaming and to promulgate administrative regulations necessary to carry out the purposes and intent of KRS Chapter 238. This administrative regulation establishes standards for the construction and distribution of bingo paper, the construction and distribution of bingo equipment including card-minding devices, and the conduct of bingo play.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_section"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section 1.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Definitions.</w:t>
       </w:r>
@@ -1597,50 +1600,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(f)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">An accounting system or database.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(3)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A card-minding device and associated site system shall not be sold, leased, or otherwise furnished to any person for use in the conduct of bingo until it has first been tested and certified by an independent testing facility approved by the department, demonstrated to the department by the manufacturer if requested, and approved by the department.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1692,50 +1698,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(6)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Any modifications to a hand-held card-minding device, a fixed base card-minding device, or software, except as provided in subsection (8) of this section, shall be tested and certified by an independent testing facility, demonstrated to the department by the manufacturer if requested, and approved by the department in the same manner as a new device or new software. Testing and certification shall be at the manufacturer's expense.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(7)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department, in consultation with the independent testing facility, shall determine if all proprietary software and card-minding devices required to be tested by this administrative regulation, as well as other components of card-minding device systems, conform to the requirements and restrictions established in this administrative regulation and shall notify the manufacturer of its decision in writing.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1759,50 +1768,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(8)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A manufacturer may conduct routine maintenance activities and replace secondary components of a card-minding device system without prior department approval or additional testing if this activity does not affect the operation of any proprietary software or the manner in which a bingo game is played, the integrity of any critical or controlled software, or the outcome of a bingo game. A record of all routine maintenance activities shall be maintained for one (1) year and made available to the department upon request.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(9)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If a licensee has knowledge of any defect, malfunction, or problem with a card-minding device system, card-minding device or software that affects the security or the integrity of the bingo game or the card-minding device or system, the licensee shall immediately notify the department. The charitable organization shall also immediately notify the distributor of the defect, malfunction, or problem. The distributor shall immediately notify the manufacturer of the defect, malfunction, or problem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1980,50 +1992,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(g)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The department shall also determine whether the manufacturer is required to reimburse the charitable organization or distributor.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(10)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A distributor or charitable organization shall not add or remove any software programs to an approved card-minding device system without the permission of the manufacturer and the department.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2047,50 +2062,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A manufacturer of a card-minding device system shall manufacture each site system to include a point of sale station and an internal accounting system that is capable of recording the charitable organization's sale of all charitable gaming supplies.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A manufacturer of a card-minding device system shall ensure that the site system has internet capability so that the department has the ability to remotely verify the operation, compliance, and internal accounting systems of the site system at any time. The department shall have real time and complete read-only access to all data for all systems and devices.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2212,50 +2230,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(f)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The terminal number or account number associated with each fixed base card-minding device sold.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(4)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The information established in subsection (3) of this section shall be secure and shall not be accessible for alteration during the session.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2377,50 +2398,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(7)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A manufacturer of a card-minding device system shall manufacture each associated site system to include a caller station verifier that is able to verify winning cards and to print the cards for posting. The caller station verifier shall be capable of posting all balls called for verification purposes and printing an ordered list of the called balls.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(8)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Each card-minding device system shall employ safeguards to verify that proprietary software components are authentic copies of approved software components and all components of the card-minding device system are operating with identical copies of approved software programs.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4180,50 +4204,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_section"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section 19.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Progressive Bingo Games.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Progressive games or prizes connected to a bingo game or conditioned on winning a bingo game shall be permitted only if prizes awarded on progressive games are included in the prize limit established in KRS 238.545(1), regardless of the method by which a player is eligible to participate.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4751,50 +4778,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(3)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The fair market value of bingo paper, a card-minding device, electronic pulltab device, or paper pulltabs awarded as a merchandise prize shall be the price that a patron would have paid for the same bingo paper, card-minding device, electronic pulltab device, or paper pulltab at that charitable gaming session.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(4)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If bingo paper is awarded as a door prize or a bingo game prize, the patron shall be given a voucher.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4902,50 +4932,53 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(5)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If bingo paper is awarded as a promotional item, the description of the paper shall be listed on the program with "free" or "promotional" listed as the price. If the charitable organization also sells that type of paper, a separate set of paper with a separate serial number shall be used.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(6)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">If a card-minding device or electronic pulltab device is awarded as a door prize or a bingo game prize, the patron shall be given a voucher.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_paragraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(b)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5160,51 +5193,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Form CG-CMD, "Total Sales Activity Report (2018)" is incorporated by reference.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_subsection"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(2)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">This material may be inspected, copied, or obtained, subject to applicable copyright law, at the Department of Charitable Gaming, Public Protection Cabinet, 500 Mero Street 2NW24, Frankfort, Kentucky 40601, Monday through Friday, 8 a.m. to 4:30 p.m.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_history"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">(32 Ky.R. 809; 1284; 1647; eff. 3-31-2006; 44 Ky.R. 2670; 45 Ky.R. 1592; eff. 1-4-2019; TAm eff. 11-22-2019.)</w:t>
+        <w:t xml:space="preserve">(820 KAR 001:042. 32 Ky.R. 809; 1284; 1647; eff. 3-31-2006; 44 Ky.R. 2670; 45 Ky.R. 1592; eff. 1-4-2019; TAm eff. 11-22-2019; Crt eff. 12-23-2025.)</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840" w:orient="portrait" w:code="1"/>
       <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="263" w:other="263"/>
       <w:pgNumType w:start="1"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="218"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:style w:type="paragraph" w:styleId="kar_normal" w:default="true" w:customStyle="false">
@@ -5515,27 +5548,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Re79cbe02ea374800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R67715d306e194488" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R224086147e98439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3fef1e94bc494d9f" /></Relationships>
 </file>