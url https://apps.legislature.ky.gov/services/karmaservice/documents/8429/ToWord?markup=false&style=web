--- v1 (2026-01-28)
+++ v2 (2026-03-24)
@@ -1,36 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R1d5a83f2400a4e61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2465c4f28f204be4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_citation"/>
       </w:pPr>
       <w:r>
         <w:t>820 KAR 1:042.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Bingo.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="kar_markup_metadata"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">RELATES TO: </w:t>
@@ -5548,27 +5548,27 @@
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R224086147e98439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="R3fef1e94bc494d9f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R1001cf9edaaf4e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="Re1a28467294f4a28" /></Relationships>
 </file>